--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -3203,65 +3203,65 @@
     <row r="116" spans="1:4">
       <c r="A116">
         <v>20010</v>
       </c>
       <c r="B116" t="s">
         <v>124</v>
       </c>
       <c r="C116" t="s">
         <v>5</v>
       </c>
       <c r="D116">
         <v>66.95</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
         <v>20011</v>
       </c>
       <c r="B117" t="s">
         <v>125</v>
       </c>
       <c r="C117" t="s">
         <v>5</v>
       </c>
       <c r="D117">
-        <v>56.79</v>
+        <v>49.14</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
         <v>20012</v>
       </c>
       <c r="B118" t="s">
         <v>126</v>
       </c>
       <c r="C118" t="s">
         <v>5</v>
       </c>
       <c r="D118">
-        <v>67.63</v>
+        <v>71.28</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
         <v>20013</v>
       </c>
       <c r="B119" t="s">
         <v>127</v>
       </c>
       <c r="C119" t="s">
         <v>5</v>
       </c>
       <c r="D119">
         <v>57.88</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
         <v>20014</v>
       </c>
       <c r="B120" t="s">
         <v>128</v>
       </c>
       <c r="C120" t="s">
         <v>5</v>
@@ -3273,121 +3273,121 @@
     <row r="121" spans="1:4">
       <c r="A121">
         <v>20015</v>
       </c>
       <c r="B121" t="s">
         <v>129</v>
       </c>
       <c r="C121" t="s">
         <v>5</v>
       </c>
       <c r="D121">
         <v>64.26</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
         <v>20016</v>
       </c>
       <c r="B122" t="s">
         <v>130</v>
       </c>
       <c r="C122" t="s">
         <v>5</v>
       </c>
       <c r="D122">
-        <v>67.48</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
         <v>20017</v>
       </c>
       <c r="B123" t="s">
         <v>131</v>
       </c>
       <c r="C123" t="s">
         <v>5</v>
       </c>
       <c r="D123">
         <v>68.48</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
         <v>20018</v>
       </c>
       <c r="B124" t="s">
         <v>132</v>
       </c>
       <c r="C124" t="s">
         <v>5</v>
       </c>
       <c r="D124">
         <v>64.28</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
         <v>20019</v>
       </c>
       <c r="B125" t="s">
         <v>133</v>
       </c>
       <c r="C125" t="s">
         <v>5</v>
       </c>
       <c r="D125">
-        <v>67.09</v>
+        <v>55.81</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
         <v>20020</v>
       </c>
       <c r="B126" t="s">
         <v>134</v>
       </c>
       <c r="C126" t="s">
         <v>5</v>
       </c>
       <c r="D126">
         <v>62.14</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
         <v>20021</v>
       </c>
       <c r="B127" t="s">
         <v>135</v>
       </c>
       <c r="C127" t="s">
         <v>5</v>
       </c>
       <c r="D127">
-        <v>59.4</v>
+        <v>50.44</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
         <v>20100</v>
       </c>
       <c r="B128" t="s">
         <v>136</v>
       </c>
       <c r="C128" t="s">
         <v>17</v>
       </c>
       <c r="D128">
         <v>1.67</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
         <v>20101</v>
       </c>
       <c r="B129" t="s">
         <v>137</v>
       </c>
       <c r="C129" t="s">
         <v>17</v>
@@ -3665,51 +3665,51 @@
     <row r="149" spans="1:4">
       <c r="A149">
         <v>30005</v>
       </c>
       <c r="B149" t="s">
         <v>68</v>
       </c>
       <c r="C149" t="s">
         <v>151</v>
       </c>
       <c r="D149">
         <v>3.9</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150">
         <v>30006</v>
       </c>
       <c r="B150" t="s">
         <v>152</v>
       </c>
       <c r="C150" t="s">
         <v>150</v>
       </c>
       <c r="D150">
-        <v>48.63</v>
+        <v>54.55</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151">
         <v>30007</v>
       </c>
       <c r="B151" t="s">
         <v>153</v>
       </c>
       <c r="C151" t="s">
         <v>17</v>
       </c>
       <c r="D151">
         <v>65.0</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152">
         <v>30008</v>
       </c>
       <c r="B152" t="s">
         <v>154</v>
       </c>
       <c r="C152" t="s">
         <v>63</v>
@@ -4981,51 +4981,51 @@
     <row r="243" spans="1:4">
       <c r="A243">
         <v>60074</v>
       </c>
       <c r="B243" t="s">
         <v>231</v>
       </c>
       <c r="C243" t="s">
         <v>9</v>
       </c>
       <c r="D243">
         <v>1.52</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244">
         <v>60075</v>
       </c>
       <c r="B244" t="s">
         <v>232</v>
       </c>
       <c r="C244" t="s">
         <v>9</v>
       </c>
       <c r="D244">
-        <v>25.4</v>
+        <v>16.93</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245">
         <v>60076</v>
       </c>
       <c r="B245" t="s">
         <v>233</v>
       </c>
       <c r="C245" t="s">
         <v>9</v>
       </c>
       <c r="D245">
         <v>8.5</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246">
         <v>60077</v>
       </c>
       <c r="B246" t="s">
         <v>234</v>
       </c>
       <c r="C246" t="s">
         <v>9</v>
@@ -5569,51 +5569,51 @@
     <row r="285" spans="1:4">
       <c r="A285">
         <v>60116</v>
       </c>
       <c r="B285" t="s">
         <v>272</v>
       </c>
       <c r="C285" t="s">
         <v>7</v>
       </c>
       <c r="D285">
         <v>1.1</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286">
         <v>60117</v>
       </c>
       <c r="B286" t="s">
         <v>273</v>
       </c>
       <c r="C286" t="s">
         <v>7</v>
       </c>
       <c r="D286">
-        <v>1.1</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287">
         <v>60118</v>
       </c>
       <c r="B287" t="s">
         <v>274</v>
       </c>
       <c r="C287" t="s">
         <v>7</v>
       </c>
       <c r="D287">
         <v>1.1</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288">
         <v>60119</v>
       </c>
       <c r="B288" t="s">
         <v>275</v>
       </c>
       <c r="C288" t="s">
         <v>7</v>
@@ -6731,149 +6731,149 @@
     <row r="368" spans="1:4">
       <c r="A368">
         <v>70016</v>
       </c>
       <c r="B368" t="s">
         <v>353</v>
       </c>
       <c r="C368" t="s">
         <v>9</v>
       </c>
       <c r="D368">
         <v>6.97</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369">
         <v>70017</v>
       </c>
       <c r="B369" t="s">
         <v>354</v>
       </c>
       <c r="C369" t="s">
         <v>7</v>
       </c>
       <c r="D369">
-        <v>3.01</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370">
         <v>70018</v>
       </c>
       <c r="B370" t="s">
         <v>355</v>
       </c>
       <c r="C370" t="s">
         <v>7</v>
       </c>
       <c r="D370">
-        <v>3.1</v>
+        <v>4.07</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371">
         <v>70019</v>
       </c>
       <c r="B371" t="s">
         <v>356</v>
       </c>
       <c r="C371" t="s">
         <v>7</v>
       </c>
       <c r="D371">
-        <v>4.02</v>
+        <v>4.18</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372">
         <v>70020</v>
       </c>
       <c r="B372" t="s">
         <v>357</v>
       </c>
       <c r="C372" t="s">
         <v>17</v>
       </c>
       <c r="D372">
         <v>4.83</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373">
         <v>70021</v>
       </c>
       <c r="B373" t="s">
         <v>358</v>
       </c>
       <c r="C373" t="s">
         <v>17</v>
       </c>
       <c r="D373">
         <v>0.74</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374">
         <v>70022</v>
       </c>
       <c r="B374" t="s">
         <v>359</v>
       </c>
       <c r="C374" t="s">
         <v>7</v>
       </c>
       <c r="D374">
-        <v>0.92</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375">
         <v>70023</v>
       </c>
       <c r="B375" t="s">
         <v>360</v>
       </c>
       <c r="C375" t="s">
         <v>7</v>
       </c>
       <c r="D375">
         <v>2.36</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376">
         <v>70024</v>
       </c>
       <c r="B376" t="s">
         <v>361</v>
       </c>
       <c r="C376" t="s">
         <v>17</v>
       </c>
       <c r="D376">
-        <v>6.1</v>
+        <v>10.38</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377">
         <v>70025</v>
       </c>
       <c r="B377" t="s">
         <v>362</v>
       </c>
       <c r="C377" t="s">
         <v>17</v>
       </c>
       <c r="D377">
         <v>4.24</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378">
         <v>70026</v>
       </c>
       <c r="B378" t="s">
         <v>68</v>
       </c>
       <c r="C378" t="s">
         <v>7</v>
@@ -7431,51 +7431,51 @@
     <row r="418" spans="1:4">
       <c r="A418">
         <v>73254</v>
       </c>
       <c r="B418" t="s">
         <v>390</v>
       </c>
       <c r="C418" t="s">
         <v>7</v>
       </c>
       <c r="D418">
         <v>21.11</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419">
         <v>73255</v>
       </c>
       <c r="B419" t="s">
         <v>391</v>
       </c>
       <c r="C419" t="s">
         <v>392</v>
       </c>
       <c r="D419">
-        <v>29.4</v>
+        <v>25.4</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420">
         <v>73262</v>
       </c>
       <c r="B420" t="s">
         <v>393</v>
       </c>
       <c r="C420" t="s">
         <v>63</v>
       </c>
       <c r="D420">
         <v>57.38</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421">
         <v>73487</v>
       </c>
       <c r="B421" t="s">
         <v>394</v>
       </c>
       <c r="C421" t="s">
         <v>12</v>